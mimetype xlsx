--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc7aec457c73438b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R383d071142804c06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1a8913dcb1b44ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d4e26022bd84653"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4d9d082ef3f4201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1a8913dcb1b44ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36ca2ebcc9b04f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d4e26022bd84653" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeitsstrat. GCX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>178,370</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>177,223</x:t>
-[...404 lines deleted...]
-          <x:t>183,210</x:t>
+          <x:t>175,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,226</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>