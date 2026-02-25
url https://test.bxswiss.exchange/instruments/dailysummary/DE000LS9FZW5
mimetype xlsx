--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R383d071142804c06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3431d24ad21d42e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d4e26022bd84653"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69048ded609d43f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36ca2ebcc9b04f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d4e26022bd84653" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R573b3786cf00409e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69048ded609d43f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeitsstrat. GCX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,404 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>181,226</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>