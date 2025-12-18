--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7be746bed9a24de4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9198d1f3e3474912" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6877ee083714bc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a817b9141194fd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40dca8a4517646ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6877ee083714bc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dca22d967554d5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a817b9141194fd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BetaTwo - Moderne Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GAX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>476,778</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,024</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>