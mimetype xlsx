--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd8a21c277be4555" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3782fa94d8c247a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1be5f485e9bf4cc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9b454865623460c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92f0ca4b41c94ac0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1be5f485e9bf4cc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fc85cee9fae4853" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9b454865623460c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX-Werte TOP FLOP Reversal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GAZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>209,801</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,902</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>