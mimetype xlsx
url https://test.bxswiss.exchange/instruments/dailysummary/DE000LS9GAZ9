--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3782fa94d8c247a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2308993b2ac4fb6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9b454865623460c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b36d964b5b04681"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fc85cee9fae4853" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9b454865623460c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a6cb28a067f4ceb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b36d964b5b04681" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX-Werte TOP FLOP Reversal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GAZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>