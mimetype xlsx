--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R06ca8550e7ad4a71" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ec8845dd4a149cf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04ac503b6fc54f0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f8a39169c5946df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dd88b1559004cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04ac503b6fc54f0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeca07b70f7341c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f8a39169c5946df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select Prime</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GCT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>430,064</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,872</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>