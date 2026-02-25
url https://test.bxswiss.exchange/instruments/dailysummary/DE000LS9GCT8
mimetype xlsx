--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ec8845dd4a149cf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6da3aa919a84952" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f8a39169c5946df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4c803f9bd47432d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raeca07b70f7341c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f8a39169c5946df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05f9a2ddb82f4f7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4c803f9bd47432d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Select Prime</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GCT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>377,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>377,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>376,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>