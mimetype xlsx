--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R026aca7458b647f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R564ce0f77870478d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2820c1296bda40a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e10be08f38242b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cb62565aa614882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2820c1296bda40a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11d37ade5e5e412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e10be08f38242b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Naturaktienindizes saisonal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GCX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...490 lines deleted...]
-          <x:t>129,551</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,791</x:t>
-[...112 lines deleted...]
-          <x:t>131,772</x:t>
+          <x:t>130,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,243</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>