--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R564ce0f77870478d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb21f2914593542b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e10be08f38242b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re14119ffb38a4033"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11d37ade5e5e412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e10be08f38242b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74d375025bb54bb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re14119ffb38a4033" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Naturaktienindizes saisonal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GCX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,932</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>