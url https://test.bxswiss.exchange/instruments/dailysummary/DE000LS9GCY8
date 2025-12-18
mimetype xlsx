--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4ed95d4a4654c70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54e7d5edf1794939" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1996490faafa41f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5398defeb1f4fd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54a7f48784e441ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1996490faafa41f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b887b8170564626" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5398defeb1f4fd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valueinvest nach WarrenBuffet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GCY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>238,568</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>