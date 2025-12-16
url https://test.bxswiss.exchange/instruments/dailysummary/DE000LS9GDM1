--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60311501b4f945bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9103aa3690d42e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4411e463c7b846cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R903698bd9ef14e35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0983141700dc43fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4411e463c7b846cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd658419148144c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R903698bd9ef14e35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WorldCap Global Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GDM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>97,724</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,617</x:t>
-[...355 lines deleted...]
-          <x:t>97,835</x:t>
+          <x:t>97,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,586</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>