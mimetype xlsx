--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9103aa3690d42e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6ccec16d9cb415e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R903698bd9ef14e35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bbbc099d4784700"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd658419148144c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R903698bd9ef14e35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ef1ee6c70f94326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bbbc099d4784700" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WorldCap Global Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GDM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>97,572</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,512</x:t>
-[...97 lines deleted...]
-          <x:t>97,498</x:t>
+          <x:t>97,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,361</x:t>
-[...269 lines deleted...]
-          <x:t>97,586</x:t>
+          <x:t>96,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,053</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>