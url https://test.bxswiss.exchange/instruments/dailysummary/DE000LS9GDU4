--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R723e1637c64a4218" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd52d090a001a4593" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf38d872cb9064f2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6780a4a879d8439f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69e39b4158a7438e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf38d872cb9064f2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf9750854a4842fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6780a4a879d8439f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technik- und Wachstumsperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GDU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>400,509</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>