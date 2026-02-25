--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd52d090a001a4593" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec7a2de108794b11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6780a4a879d8439f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e24952b2d0f4aab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf9750854a4842fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6780a4a879d8439f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67cb6a9f8f7245a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e24952b2d0f4aab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technik- und Wachstumsperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GDU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>385,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>