--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a45229a88eb4d4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf466e8c8551e4cc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf426bd6036ed4ad4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5aafc2ab181b4d0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R822f353dee774e95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf426bd6036ed4ad4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc49afd507a2c4f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5aafc2ab181b4d0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Micro- und Small-Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GDX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>187,117</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,577</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>