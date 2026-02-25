--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf466e8c8551e4cc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fc2dd4925f14a48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5aafc2ab181b4d0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd22acc55124841bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc49afd507a2c4f73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5aafc2ab181b4d0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radc0aa004732434a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd22acc55124841bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Micro- und Small-Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GDX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,217</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>189,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>