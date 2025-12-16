--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra57bbaab03614186" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R757629960abf4585" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcba7736203fe4190"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1330f894fb94e27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R620449e06a104a58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcba7736203fe4190" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88f436879de24056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1330f894fb94e27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robuste Dividendenstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GED8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>304,718</x:t>
-[...387 lines deleted...]
-          <x:t>321,798</x:t>
+          <x:t>305,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,479</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>