--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R757629960abf4585" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebd736e029ff4191" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1330f894fb94e27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ae6f520c5f84f34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R88f436879de24056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1330f894fb94e27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4c2b1e035994343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ae6f520c5f84f34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robuste Dividendenstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GED8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>