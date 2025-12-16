--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb010907db3454535" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95364611ba3544a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2344fe853eb246ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R174d469e28e649ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra42e4d2038cd49d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2344fe853eb246ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R642b7abc8fcc4b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R174d469e28e649ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Most Epic of Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GET4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>366,131</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,254</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>366,299</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>