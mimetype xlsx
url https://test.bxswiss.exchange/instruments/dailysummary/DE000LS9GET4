--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95364611ba3544a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7eaa26cf7194d84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R174d469e28e649ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c9b8d83651c44df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R642b7abc8fcc4b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R174d469e28e649ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4287c8b8a2c04b2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c9b8d83651c44df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Most Epic of Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GET4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>362,707</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>364,682</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,782</x:t>
-        </x:is>
-[...300 lines deleted...]
-          <x:t>365,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>