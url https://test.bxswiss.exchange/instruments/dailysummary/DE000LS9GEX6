--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56695e37a92544b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88c3096608ff48c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f49088c608c4756"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46d82fa29b7646fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a894cedc5ed4ecc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f49088c608c4756" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3807fb8c09a4dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46d82fa29b7646fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All time long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GEX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>116,983</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>