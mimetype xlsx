--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88c3096608ff48c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20acc5195ffd4942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46d82fa29b7646fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R883e371b2e4a4573"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3807fb8c09a4dfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46d82fa29b7646fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a0dafbfe10e43c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R883e371b2e4a4573" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All time long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GEX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>126,065</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,488</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>127,054</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,383</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>