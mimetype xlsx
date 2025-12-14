--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R560997dc1a884651" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9470255480c74470" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R609004f9d81b4d96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc19f02103baa4abf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc417cf8c7134949" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R609004f9d81b4d96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67d38e1402ea4a8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc19f02103baa4abf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AUSTRIA Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GFD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,892</x:t>
-[...85 lines deleted...]
-          <x:t>121,860</x:t>
+          <x:t>121,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,011</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>122,843</x:t>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,682</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...127 lines deleted...]
-          <x:t>125,233</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>