--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61ba23f1de3141f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc2ddfb3bb9f4959" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd48b5cfa4eb4ab7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb219e7b61ab84bd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c57efd95b694c7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd48b5cfa4eb4ab7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R702bfec273eb41c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb219e7b61ab84bd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Global Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GFX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>3.421,053</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.267,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.268,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.266,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.267,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.269,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.269,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.259,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.261,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.217,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.231,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.205,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.231,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.247,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.274,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.247,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.254,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.290,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.292,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.277,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.284,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.214,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.224,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.188,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.222,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.263,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.274,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.241,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.269,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.280,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.302,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.267,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.301,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.320,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.341,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.315,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.334,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.337,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.346,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.331,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.344,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.341,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.355,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.338,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.347,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.322,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.332,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.305,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.327,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.324,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.327,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.313,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.313,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.314,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.316,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.293,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.309,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.322,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.327,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.311,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.324,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.346,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.361,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.336,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.357,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.354,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.363,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.339,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.345,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.347,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.347,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.334,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.341,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.336,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.339,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.312,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.315,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.294,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.316,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.293,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.303,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.318,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.319,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.282,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.289,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.315,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.316,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.276,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.295,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>