--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e3877d9fe4c48c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbec8d0830110493e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e4a7ed615364759"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1486c7eef6c84df4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf402dba8c4a44587" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e4a7ed615364759" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb34b44ff605041fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1486c7eef6c84df4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Behavioral Bias Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>132,005</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,161</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>132,183</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,026</x:t>
-[...497 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>132,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,685</x:t>
-[...9 lines deleted...]
-          <x:t>132,584</x:t>
+          <x:t>132,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>