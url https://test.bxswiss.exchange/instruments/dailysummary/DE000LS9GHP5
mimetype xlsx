--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbec8d0830110493e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d1f6564709247fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1486c7eef6c84df4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6af35ecf33c249f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb34b44ff605041fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1486c7eef6c84df4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6770d3c565354c12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6af35ecf33c249f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Behavioral Bias Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,421</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>