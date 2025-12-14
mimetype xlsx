--- v0 (2025-10-02)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e21147428c54c9a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93129cb142c64e7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re54c61feda3a4e8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb21458ac03df4153"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc21bf36a100244c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re54c61feda3a4e8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28283c05689244cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb21458ac03df4153" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Austrian Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>88,943</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,336</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>