--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4333a1df24fd42e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6ce195ecd6e4f32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0611af39cf464666"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd04725985a814e0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3477db893d043c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0611af39cf464666" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50d606912cf34971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd04725985a814e0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Prime All Share Trendfolge</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>344,590</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>