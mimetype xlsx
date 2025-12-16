--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f2ea29a05034881" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfc90c377ef54ddd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4d4455289304250"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69fa231e65c04bc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdeef5d7720ea426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4d4455289304250" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdafc1233e5b94f6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69fa231e65c04bc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitale Online Rockstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GJM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>626,905</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>628,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>620,638</x:t>
-[...301 lines deleted...]
-          <x:t>639,302</x:t>
+          <x:t>614,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>