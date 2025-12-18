--- v0 (2025-10-02)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96832bf0fe5e4d7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4c1cc0a572c4580" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c8ca31f45ee4150"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec2ee2fd212c4ede"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2309de258c4d4f98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c8ca31f45ee4150" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08ecb65cdbcc4222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec2ee2fd212c4ede" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Genau im Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GJY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>151,258</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>