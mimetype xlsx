--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4c1cc0a572c4580" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75986e6523494616" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec2ee2fd212c4ede"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87953b650c24406d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08ecb65cdbcc4222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec2ee2fd212c4ede" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf9d6e86a49e45a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87953b650c24406d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Genau im Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GJY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>