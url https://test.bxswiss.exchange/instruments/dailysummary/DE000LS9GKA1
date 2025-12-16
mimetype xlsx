--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb0436963b9a488d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93efdf0e55254b62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fddcc6055de4b36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bcb1daeba7d4cf6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d142133e2294ebd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fddcc6055de4b36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf60246c794db46b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bcb1daeba7d4cf6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internet der Dinge (IoT)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>244,722</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,364</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>