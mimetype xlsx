--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93efdf0e55254b62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R148057a218ea48ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bcb1daeba7d4cf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1251df0aeac14f89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf60246c794db46b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bcb1daeba7d4cf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f68e56de6f942ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1251df0aeac14f89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Internet der Dinge (IoT)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKA1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,727</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>