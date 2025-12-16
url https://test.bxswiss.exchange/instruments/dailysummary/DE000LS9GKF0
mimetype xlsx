--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b7995592c28480f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f0f3022bf554bf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd490b78df49046cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fa41c442bd94c54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7995e7f7fdc44c5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd490b78df49046cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb366965caca64c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fa41c442bd94c54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cocabuffys investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>40,089</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,835</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>44,272</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,215</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>