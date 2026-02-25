--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f0f3022bf554bf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb6a6489482643a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fa41c442bd94c54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ef29a529b584cc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb366965caca64c47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fa41c442bd94c54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb27d39d2e1fb4373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ef29a529b584cc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>cocabuffys investments</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>37,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>35,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>36,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,541</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>