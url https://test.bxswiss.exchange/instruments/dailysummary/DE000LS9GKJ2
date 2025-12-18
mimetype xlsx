--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd730358b90154939" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e0a4f69d4ec4f31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80971295f7a94489"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65a066b9bc9046b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30164a9b8cfe4bcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80971295f7a94489" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d370b2c14954b51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65a066b9bc9046b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Chances</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>643,580</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>635,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>658,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>654,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>650,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>652,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>636,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>644,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>659,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>666,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,231</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>