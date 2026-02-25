--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e0a4f69d4ec4f31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd42a8157bfd14f48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65a066b9bc9046b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4efb710e34464fe5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d370b2c14954b51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65a066b9bc9046b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66d23534ac734578" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4efb710e34464fe5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best Chances</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKJ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>659,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>676,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>659,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>675,290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>686,643</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>687,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>665,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>669,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>680,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>660,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>653,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>639,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>640,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>643,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>641,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>642,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>648,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>645,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>646,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>