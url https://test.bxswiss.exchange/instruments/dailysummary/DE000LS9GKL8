--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a93e807e9df411d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ffb4e41ef5d4bd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9ca973704d84dc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1b0abde04f04a47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf5c535859c74d82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9ca973704d84dc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaf7314a2ede4f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1b0abde04f04a47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Security</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>295,061</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,710</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>