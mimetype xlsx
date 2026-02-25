--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ffb4e41ef5d4bd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc3a7af2e05041b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1b0abde04f04a47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ff9ea6e01ff4e29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaf7314a2ede4f37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1b0abde04f04a47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe9c2107cf5c4c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ff9ea6e01ff4e29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IT-Security</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,078</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>