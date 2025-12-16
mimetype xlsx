--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R546aabd943eb4b47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e8de46b4b24a65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60cfe505c673401f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc43a6b2fc94b58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R237b6005f65e48e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60cfe505c673401f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fd1adf8a57c4ed8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc43a6b2fc94b58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Entertainment heute und morgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,512 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>365,270</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,689</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>