--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e8de46b4b24a65" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68065ffb7a0f476e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fc43a6b2fc94b58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdb82324a2454867"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fd1adf8a57c4ed8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fc43a6b2fc94b58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd08f9fb51dc74c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdb82324a2454867" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Entertainment heute und morgen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GKV7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,512 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...458 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,951</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>365,988</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>358,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>361,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>