--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a76f4b563154e45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eaba188c4024241" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96c9b9b3d62444e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R107f0f4437354c7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39ce281783ec4545" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96c9b9b3d62444e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4b37edc2bf84425" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R107f0f4437354c7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Luft nach Oben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GLB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>493,086</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,998</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>