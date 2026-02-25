--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0eaba188c4024241" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab69d6da2b4c4567" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R107f0f4437354c7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88e67eed0891413d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4b37edc2bf84425" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R107f0f4437354c7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b67756a7de3433f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88e67eed0891413d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Luft nach Oben</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GLB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>501,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>517,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>500,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>516,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>507,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>509,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>505,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>504,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>510,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>488,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,083</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>