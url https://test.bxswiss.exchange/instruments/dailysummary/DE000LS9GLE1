--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c28dd4399ee40c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R670e952628424bd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55532c2309c541b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce856fbd82dc4ee1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3457892db396496a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55532c2309c541b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48fe7b6e22374f0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce856fbd82dc4ee1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Übernahmefantasie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GLE1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>163,091</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,958</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>