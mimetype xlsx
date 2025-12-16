--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cbe2a0f2c0c45a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R214bbcbf75014bb3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18d668eb83914762"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaeca7d90c874854"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d75031694fd43b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18d668eb83914762" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d4dd385ff84411b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaeca7d90c874854" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Langfristige Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>194,593</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>