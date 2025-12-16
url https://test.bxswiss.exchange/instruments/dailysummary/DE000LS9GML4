--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf79aaad3683147c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raed656dee6924ebc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92282ca41b9b4535"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbe81d0b53184f35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73b5e134ba524a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92282ca41b9b4535" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd873a868424746d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbe81d0b53184f35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SONDERSITUATION + UNTERBEWERTUNG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GML4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>87,684</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>