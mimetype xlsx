--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raed656dee6924ebc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9cd8c9e1b747407b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbe81d0b53184f35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re537544db96e4c2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd873a868424746d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbe81d0b53184f35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R220bb640e28749c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re537544db96e4c2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SONDERSITUATION + UNTERBEWERTUNG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GML4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>86,666</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,117</x:t>
-[...517 lines deleted...]
-          <x:t>86,800</x:t>
+          <x:t>87,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>