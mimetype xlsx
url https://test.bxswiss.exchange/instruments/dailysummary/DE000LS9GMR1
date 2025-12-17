--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19fe2cf73bb546e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b7ee5bac6a741ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6bc45163a9e4006"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0010bfc615b455f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe1333c2f29d4c6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6bc45163a9e4006" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4d279fbaa234706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0010bfc615b455f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Echte Nebenwerte=&gt;Gute Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>133,866</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>