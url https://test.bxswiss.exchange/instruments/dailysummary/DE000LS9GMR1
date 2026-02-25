--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b7ee5bac6a741ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23de0b301aa84bfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0010bfc615b455f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbed01849bed84aa0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4d279fbaa234706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0010bfc615b455f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R488be16ac9034470" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbed01849bed84aa0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Echte Nebenwerte=&gt;Gute Chancen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMR1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,242</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,583</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,796</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>