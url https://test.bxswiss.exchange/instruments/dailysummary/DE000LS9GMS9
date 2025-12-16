--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d92c8fc870f4381" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f225a1b308d44e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37252e182eda45d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refc9fc9c4d7e4818"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57692cc02c6343cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37252e182eda45d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafc2cd8a04724b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refc9fc9c4d7e4818" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden plus Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>209,391</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,204</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>