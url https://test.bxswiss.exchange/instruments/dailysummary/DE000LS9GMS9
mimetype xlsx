--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f225a1b308d44e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea4a0147c6b64d7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refc9fc9c4d7e4818"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab113cec3101481f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafc2cd8a04724b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refc9fc9c4d7e4818" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41681a03203d4233" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab113cec3101481f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividenden plus Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GMS9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,972</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>