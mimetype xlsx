--- v0 (2025-10-01)
+++ v1 (2025-12-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R352b6002cfad4aca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33fd056737164cec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ca81e67fdc46cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3779cbc398124027"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d8d28b645f941ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ca81e67fdc46cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7219d4b94c654972" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3779cbc398124027" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Einfacher Ansatz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GND9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,732</x:t>
-[...495 lines deleted...]
-          <x:t>150,833</x:t>
+          <x:t>149,964</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>