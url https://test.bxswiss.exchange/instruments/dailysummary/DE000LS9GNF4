--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R465518b63f564cee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bf7c2d96ab54c91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12391938f3c044a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4af6c13dd07f49ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra436b11f92484c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12391938f3c044a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R998860478fcb4ea9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4af6c13dd07f49ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diagnostik</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNF4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>103,085</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>