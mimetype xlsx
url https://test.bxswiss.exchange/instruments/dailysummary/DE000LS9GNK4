--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7dd95a31fab4731" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ee9be5d95ed405a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re49379ec43c74d65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79bdc35d182549ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R476e1bc663eb4f51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re49379ec43c74d65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49e8c2323123452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79bdc35d182549ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spinoffs both sides</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>178,641</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>