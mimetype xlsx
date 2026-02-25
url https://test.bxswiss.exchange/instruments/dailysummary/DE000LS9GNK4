--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ee9be5d95ed405a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc81f59eee12844dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79bdc35d182549ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R413178310e6d4eda"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49e8c2323123452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79bdc35d182549ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R997126f1a7ba4c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R413178310e6d4eda" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Spinoffs both sides</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNK4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...485 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>182,458</x:t>
-[...90 lines deleted...]
-          <x:t>180,613</x:t>
+          <x:t>183,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>