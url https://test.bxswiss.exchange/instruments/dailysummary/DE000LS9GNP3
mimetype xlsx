--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R600f8371376f4063" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95960173ab124af5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R848a7bb2dac0429e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c42b09953a34b4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e1bc21d7b38456c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R848a7bb2dac0429e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R962b1061df6f48cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c42b09953a34b4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SBR Global Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>02.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,664</x:t>
-[...576 lines deleted...]
-          <x:t>118,704</x:t>
+          <x:t>118,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>