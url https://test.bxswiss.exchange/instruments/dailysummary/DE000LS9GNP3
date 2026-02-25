--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95960173ab124af5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc72a752c5ac243b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c42b09953a34b4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R802e681cd48b4490"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R962b1061df6f48cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c42b09953a34b4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra374410dac2b49bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R802e681cd48b4490" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SBR Global Dividend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>121,216</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,329</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>122,235</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,502</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>