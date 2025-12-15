--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb0d952eea8e4b42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R354db542413242d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb72ad1cad324f0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce7f0a361c3646e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ef9168210164cf7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb72ad1cad324f0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cc3b16582ed43cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce7f0a361c3646e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kliniken und Seniorenresidenzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>89,048</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>