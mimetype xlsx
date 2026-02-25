--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R354db542413242d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb548a19241d14ad7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce7f0a361c3646e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a4c6b8e5ac54cad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cc3b16582ed43cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce7f0a361c3646e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55483f5e397d47ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a4c6b8e5ac54cad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kliniken und Seniorenresidenzen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>89,296</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>