--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64282a1a9b4c45e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e8b8d67215f4dee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05504a8814314e87"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55aa12d9bea14322"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1039f5fcf51413b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05504a8814314e87" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc145e2d5e48f462f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55aa12d9bea14322" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Trading by eclectic</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNU3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>114,097</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>