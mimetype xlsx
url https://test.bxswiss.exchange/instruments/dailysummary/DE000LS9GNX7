--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bcbbbdb102c41cc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfbba231b3b74005" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc74ae33da404a05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra10d335441974598"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac65dffac2d446f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc74ae33da404a05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfe088632c3745df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra10d335441974598" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Markenaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>171,970</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>170,284</x:t>
-[...301 lines deleted...]
-          <x:t>171,304</x:t>
+          <x:t>171,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>