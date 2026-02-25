--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfbba231b3b74005" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0319ccd22d54a7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra10d335441974598"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R123aa634c6204c72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfe088632c3745df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra10d335441974598" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13cc2b3e6e844dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R123aa634c6204c72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Markenaktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,833</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>