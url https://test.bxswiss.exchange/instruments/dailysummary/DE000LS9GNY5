--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R060ed95b7fa04832" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20d27b3773644099" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d86d170f5d149dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R203519a503844ce1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57d758f768134c76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d86d170f5d149dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re83705548b214570" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R203519a503844ce1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Old Tjikko</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GNY5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...576 lines deleted...]
-          <x:t>128,847</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,962</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>128,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,901</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>