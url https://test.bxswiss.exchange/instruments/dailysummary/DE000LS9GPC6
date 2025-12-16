--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13bc625e401343ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf31d0f2d3434a4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb77d4964e3d413b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e248b54d2e843a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re47feb6810cd4d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb77d4964e3d413b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41800242b7aa45bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e248b54d2e843a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Picks World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>57,617</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,084</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>