--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf31d0f2d3434a4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc5ca61982bf4191" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e248b54d2e843a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e9d1ee6baa040a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41800242b7aa45bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e248b54d2e843a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8a1f66d7d784dd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e9d1ee6baa040a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Picks World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>51,544</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,996</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...573 lines deleted...]
-          <x:t>50,084</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,163</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>