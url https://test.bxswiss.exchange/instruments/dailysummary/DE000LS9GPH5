--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8995b7987014758" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref0162480a194cef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0554d43c9d9e48ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc688abe067d4b5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6946c3d5a2943f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0554d43c9d9e48ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d8a03000344ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc688abe067d4b5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AR-Relative Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>615,999</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>587,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>