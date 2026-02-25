--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref0162480a194cef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae529a2d10bc4c57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc688abe067d4b5d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b817d511a0f4069"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13d8a03000344ffd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc688abe067d4b5d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae863362b2a44130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b817d511a0f4069" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AR-Relative Stärke</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>618,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>620,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>615,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>620,717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>617,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>620,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>616,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>616,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>638,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>657,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>665,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>656,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>664,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>663,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>662,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>667,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>679,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>669,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>668,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>672,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>675,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>673,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>674,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>678,101</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>