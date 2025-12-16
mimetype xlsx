--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f0c62c329d64b94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcdf7f8c7b3144d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6177250921b4676"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra605be55db7e418c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50909cb84ad74319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6177250921b4676" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R907c27035d654074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra605be55db7e418c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ONE HUNDRED</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>250,217</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,527</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>