--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcdf7f8c7b3144d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R489a6041f10242ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra605be55db7e418c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d124469006f4845"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R907c27035d654074" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra605be55db7e418c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa225458c25b4581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d124469006f4845" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ONE HUNDRED</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPJ1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>252,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,713</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>