--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fff06f7ff20455c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f3a66149c664bfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1fd0fb673ce243e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1adba373b5fd471d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17593179aef74d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1fd0fb673ce243e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6342e17a11654a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1adba373b5fd471d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investoren-Cafe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>280,822</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,241</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>