--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f3a66149c664bfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcda171feb6614ae7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1adba373b5fd471d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R832ad9e5d60d4803"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6342e17a11654a07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1adba373b5fd471d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60f18a47e276440e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R832ad9e5d60d4803" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investoren-Cafe</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>246,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>