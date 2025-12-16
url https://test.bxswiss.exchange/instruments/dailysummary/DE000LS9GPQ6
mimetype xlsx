--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8835df282f74e1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a4c2fe525e749e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e623180ed7c410e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd48215c12c0f40fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R128e9c8e71464736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e623180ed7c410e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05665b1d33704a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd48215c12c0f40fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Burkart-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>286,134</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>