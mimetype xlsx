--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a4c2fe525e749e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1848a98297f4c0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd48215c12c0f40fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29fc6f922049494f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05665b1d33704a03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd48215c12c0f40fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R987101d26aa34fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29fc6f922049494f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Burkart-Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPQ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,458</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>315,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>