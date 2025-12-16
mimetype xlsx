--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6302a39d014645fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07ab1d3a877e4ac7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2987a6b4de9740d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1813b9e9f34c46cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf14d70f851c24244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2987a6b4de9740d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34ccdb0e452c43ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1813b9e9f34c46cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Perfomancemanufaktur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>149,959</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,578</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>