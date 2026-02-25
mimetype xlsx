--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07ab1d3a877e4ac7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R114e917ce6484507" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1813b9e9f34c46cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd47e547504f4d6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34ccdb0e452c43ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1813b9e9f34c46cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18feeb332dac4b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd47e547504f4d6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Perfomancemanufaktur</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GPW4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,553</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>