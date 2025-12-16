--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50528aea650a44f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32692e50b857419d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9e18545e18f425c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2b46f40a8194b65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8111d897b6c489a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9e18545e18f425c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3083079cd8fe4271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2b46f40a8194b65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SHINDEN Global Core</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GQF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,512 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>365,431</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,992</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>