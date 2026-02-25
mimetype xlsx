--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32692e50b857419d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rede54cd7d541401d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2b46f40a8194b65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a976f9146d14e04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3083079cd8fe4271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2b46f40a8194b65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d5fa7db45b64eb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a976f9146d14e04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SHINDEN Global Core</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GQF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,512 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...458 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,169</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>