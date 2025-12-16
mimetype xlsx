--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dd1f174b40a48bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3344cc635614aae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb270b5ec99f94e13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd274fd43db44075"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a77719bc99446b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb270b5ec99f94e13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4ddcddaff224056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd274fd43db44075" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Influence</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>306,436</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,971</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>