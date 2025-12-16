--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refc6f20bb2d247fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a96f6fa840f44fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5e12def12db4bc2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb75414623c6d4e80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e328addae834fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5e12def12db4bc2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66431568640b4f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb75414623c6d4e80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PERFORMA-M&amp;A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...468 lines deleted...]
-          <x:t>132,012</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,888</x:t>
-[...11 lines deleted...]
-          <x:t>131,335</x:t>
+          <x:t>129,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,691</x:t>
-        </x:is>
-[...116 lines deleted...]
-          <x:t>132,938</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>