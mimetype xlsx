--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a96f6fa840f44fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra02c885232384f13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb75414623c6d4e80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25873a929f934f2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66431568640b4f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb75414623c6d4e80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc60b650ce664f7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25873a929f934f2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PERFORMA-M&amp;A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>132,003</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,321</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...460 lines deleted...]
-          <x:t>131,691</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>