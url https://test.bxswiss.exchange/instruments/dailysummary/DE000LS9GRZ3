--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7964a3efc60470c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red33b99403384fb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d4088cbc35c46ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98d0a52ba3514111"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R083c98c14b934a17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d4088cbc35c46ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R729f20f8d07c48fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98d0a52ba3514111" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>A wie Aschenputtel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>334,610</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>