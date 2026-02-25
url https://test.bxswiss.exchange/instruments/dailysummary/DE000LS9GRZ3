--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red33b99403384fb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R984e9df5c90041a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98d0a52ba3514111"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bedf65fd9e34ca5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R729f20f8d07c48fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98d0a52ba3514111" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e0fbbb6c12f444e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bedf65fd9e34ca5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>A wie Aschenputtel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GRZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>318,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,886</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,082</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>