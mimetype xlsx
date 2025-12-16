--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45572bf5bbe44059" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30e8853f09f4d3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d9f62db21b84c11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9922b2a12625448c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59ca9696ff314d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d9f62db21b84c11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7759e7153b64cca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9922b2a12625448c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende et Impera I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,134</x:t>
-[...414 lines deleted...]
-          <x:t>99,608</x:t>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>