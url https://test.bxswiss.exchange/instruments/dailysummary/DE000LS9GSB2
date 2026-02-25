--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb30e8853f09f4d3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32cc75a9cc424797" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9922b2a12625448c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a4e47a8e56d45ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7759e7153b64cca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9922b2a12625448c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d13857f752c4552" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a4e47a8e56d45ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende et Impera I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSB2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,361</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>