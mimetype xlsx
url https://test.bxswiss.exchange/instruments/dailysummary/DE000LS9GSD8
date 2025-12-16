--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racbb98298ac749e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fab8cc680634668" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbcd9920e72904913"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06316782b5a345b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e168a33ed184dd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbcd9920e72904913" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28340542d55943ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06316782b5a345b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAPITAL BLUE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,129</x:t>
-[...26 lines deleted...]
-          <x:t>93,143</x:t>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,935</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>93,172</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>