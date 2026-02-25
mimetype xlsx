--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fab8cc680634668" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R219cec70759e446e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06316782b5a345b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re33d5601b4c44cd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28340542d55943ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06316782b5a345b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8aa1cf5d56684203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re33d5601b4c44cd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CAPITAL BLUE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GSD8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>92,761</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,533</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>92,935</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,427</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>